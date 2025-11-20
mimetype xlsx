--- v0 (2025-10-25)
+++ v1 (2025-11-20)
@@ -1,128 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29420"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cu0-my.sharepoint.com/personal/lueths_cu_edu/Documents/Desktop/PSC/Wires Policy Update for Fed Agencies/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cu0-my.sharepoint.com/personal/tharpj_cu_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DCAE41E3-6BCB-450F-A16B-CA5F38A1B103}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{428E8932-4DA7-44A9-BEB9-CE831233D001}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="2130" windowWidth="15330" windowHeight="10770" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$R$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$R$40</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...1 lines deleted...]
-    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <t>Wire Payment Request (WPR)</t>
   </si>
   <si>
     <t>Today's Date:</t>
   </si>
   <si>
     <t>Purpose:</t>
-  </si>
-[...17 lines deleted...]
-    <t>International Supplier Information</t>
   </si>
   <si>
     <t>University Department Contact Information</t>
   </si>
   <si>
     <t>Supplier Name:</t>
   </si>
   <si>
     <t>Department:</t>
   </si>
   <si>
     <t>Contact Person:</t>
   </si>
   <si>
     <t>Invoice Information</t>
   </si>
   <si>
     <t>Campus Phone:</t>
   </si>
   <si>
     <t>PO #</t>
   </si>
   <si>
     <t>Email Address:</t>
   </si>
@@ -132,53 +105,50 @@
   <si>
     <t>Amount:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SpeedType </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t>for Wire Processing Fees:</t>
     </r>
   </si>
   <si>
     <t>Banking Information for the Beneficiary/Payee</t>
-  </si>
-[...1 lines deleted...]
-    <t>International Supplier is responsible for supplying accurate, country-specific information.</t>
   </si>
   <si>
     <t>Beneficiary's Name:</t>
   </si>
   <si>
     <r>
       <t>Intermediary (Correspondent) Bank Information</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (if applicable)</t>
     </r>
   </si>
   <si>
     <t>Beneficiary's Bank Name:</t>
   </si>
   <si>
     <t>Address 1:</t>
   </si>
@@ -201,119 +171,80 @@
       </rPr>
       <t xml:space="preserve"> (if applicable)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t>City:</t>
   </si>
   <si>
     <t>ABA/SWIFT/BIC</t>
   </si>
   <si>
     <t>Country:</t>
   </si>
   <si>
     <t>SWIFT/BIC:</t>
   </si>
   <si>
-    <t>Account Number or IBAN Code (Europe/UAE)
-[...2 lines deleted...]
-  <si>
     <t>Additional Information:</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Beneficiary Contact Name:</t>
   </si>
   <si>
     <t>Beneficiary Contact Phone:</t>
   </si>
   <si>
     <t>For All Requests</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">PO Invoice: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t>If PO is &gt; $10,000, you must do receiving before submitting this form.</t>
-    </r>
-[...18 lines deleted...]
-      <t xml:space="preserve"> Organizational unit signature authorizes the PSC to approve the SPO voucher.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Organizational Unit Authorizing Signature </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
       </rPr>
       <t>If the voucher is already in CU Marketplace</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="HelveticaNeueLT Std"/>
         <family val="2"/>
@@ -376,62 +307,130 @@
   </si>
   <si>
     <t>Student</t>
   </si>
   <si>
     <t>Foreign National</t>
   </si>
   <si>
     <t>Campus Mail</t>
   </si>
   <si>
     <t>Foreign Mail</t>
   </si>
   <si>
     <t>Regular Mail</t>
   </si>
   <si>
     <t>Enclosure</t>
   </si>
   <si>
     <t>Direct Deposit (ACH)</t>
   </si>
   <si>
     <t>Wire Transfer</t>
   </si>
+  <si>
+    <t>Purpose Code or Purpose of Payment:
+(if applicable)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="8"/>
+        <rFont val="HelveticaNeueLT Std"/>
+        <family val="2"/>
+      </rPr>
+      <t>BPO/SPO Invoice:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="HelveticaNeueLT Std"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Organizational unit signature authorizes the PSC to approve the BPO/SPO voucher.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">     Used to request a wire transfer in the amount of $100 or more, to pay a purchase order invoice to an international supplier or US federal agency who 
+     does not accept paper checks.
+     </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="HelveticaNeueLT Std"/>
+        <family val="2"/>
+      </rPr>
+      <t>This form is used in accordance with the PSC Procedural Statement Wire Transfers.
+     This form must be filled out by the requesting organizational unit.</t>
+    </r>
+  </si>
+  <si>
+    <t>Effective Date: 10/1/2025</t>
+  </si>
+  <si>
+    <t>Supplier Information</t>
+  </si>
+  <si>
+    <t>Supplier is responsible for supplying accurate, country-specific information.</t>
+  </si>
+  <si>
+    <r>
+      <t>IRC/Sort/IFSC Code:
+(</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="HelveticaNeueLT Std"/>
+        <family val="2"/>
+      </rPr>
+      <t>if applicable)</t>
+    </r>
+  </si>
+  <si>
+    <t>Account Number, ABA, IBAN Code (Europe/UAE), or CLABE Code (Mexico):</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="166" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
@@ -515,50 +514,61 @@
       <sz val="8"/>
       <color indexed="56"/>
       <name val="HelveticaNeueLT Std"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="HelveticaNeueLT Std"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="HelveticaNeueLT Std"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="HelveticaNeueLT Std"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEADFC4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="44">
     <border>
       <left/>
       <right/>
@@ -1032,51 +1042,51 @@
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="thin">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="168">
+  <cellXfs count="169">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -1141,50 +1151,62 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1214,562 +1236,466 @@
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...151 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...11 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>55175</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>9508</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>314325</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>152751</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>190483</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="1041" name="Group 76">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="TextBox 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011040000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr>
-[...3 lines deleted...]
-      <xdr:grpSpPr bwMode="auto">
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="47625" y="57150"/>
-[...2 lines deleted...]
-          <a:chExt cx="2847975" cy="657225"/>
+          <a:off x="683825" y="485758"/>
+          <a:ext cx="2221651" cy="180975"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...33 lines deleted...]
-          </a:prstGeom>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
           <a:noFill/>
-          <a:ln>
-[...74 lines deleted...]
-    </xdr:grpSp>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="900" b="1">
+              <a:latin typeface="HelveticaNeueLT Std"/>
+            </a:rPr>
+            <a:t>Procurement Service Center (PSC)</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>85725</xdr:colOff>
-          <xdr:row>31</xdr:row>
+          <xdr:row>32</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>161925</xdr:colOff>
-          <xdr:row>31</xdr:row>
+          <xdr:row>32</xdr:row>
           <xdr:rowOff>238125</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -1887,50 +1813,105 @@
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t> If all required banking information is provided on attached invoice/email: Check here, and skip this section as appropriate.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>82977</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2" descr="University of Colorado logo">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA1BAFAA-435C-CD96-B9F2-DB4AE4CEABAE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2705100" cy="559227"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2245,1217 +2226,1219 @@
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R40"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" tabSelected="1" defaultGridColor="0" topLeftCell="A2" colorId="40" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20:K20"/>
+    <sheetView showGridLines="0" showZeros="0" tabSelected="1" defaultGridColor="0" topLeftCell="A10" colorId="40" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22:K22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.42578125" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
     <col min="3" max="3" width="10.140625" customWidth="1"/>
     <col min="4" max="4" width="8" customWidth="1"/>
     <col min="5" max="5" width="5.140625" customWidth="1"/>
     <col min="6" max="6" width="4.42578125" customWidth="1"/>
     <col min="7" max="7" width="4.140625" customWidth="1"/>
     <col min="8" max="8" width="6.85546875" customWidth="1"/>
     <col min="9" max="9" width="4.7109375" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="3.42578125" customWidth="1"/>
     <col min="12" max="12" width="3.7109375" customWidth="1"/>
     <col min="13" max="13" width="3.42578125" customWidth="1"/>
     <col min="14" max="14" width="7" customWidth="1"/>
     <col min="15" max="15" width="8.85546875" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" customWidth="1"/>
     <col min="17" max="17" width="7.85546875" customWidth="1"/>
     <col min="18" max="18" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15" customHeight="1">
+    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6"/>
       <c r="B1" s="19"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="7"/>
       <c r="K1" s="7"/>
       <c r="L1" s="12"/>
       <c r="M1" s="12"/>
       <c r="N1" s="12"/>
-      <c r="O1" s="50" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:18" ht="22.5" customHeight="1">
+      <c r="O1" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="55"/>
+    </row>
+    <row r="2" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
       <c r="B2" s="20"/>
       <c r="C2" s="2"/>
       <c r="G2" s="33"/>
       <c r="H2" s="33"/>
       <c r="I2" s="33"/>
-      <c r="J2" s="61" t="s">
-[...11 lines deleted...]
-    <row r="3" spans="1:18" ht="15" customHeight="1">
+      <c r="J2" s="65" t="s">
+        <v>0</v>
+      </c>
+      <c r="K2" s="65"/>
+      <c r="L2" s="65"/>
+      <c r="M2" s="65"/>
+      <c r="N2" s="65"/>
+      <c r="O2" s="65"/>
+      <c r="P2" s="65"/>
+      <c r="Q2" s="65"/>
+      <c r="R2" s="66"/>
+    </row>
+    <row r="3" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="9"/>
       <c r="C3" s="11"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
-      <c r="O3" s="56" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:18" ht="3.75" customHeight="1">
+      <c r="O3" s="60" t="s">
+        <v>1</v>
+      </c>
+      <c r="P3" s="60"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="72"/>
+    </row>
+    <row r="4" spans="1:18" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="9"/>
       <c r="D4" s="3"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
-      <c r="K4" s="107"/>
-[...8 lines deleted...]
-    <row r="5" spans="1:18" ht="14.1" customHeight="1">
+      <c r="K4" s="108"/>
+      <c r="L4" s="108"/>
+      <c r="M4" s="108"/>
+      <c r="N4" s="108"/>
+      <c r="O4" s="96"/>
+      <c r="P4" s="96"/>
+      <c r="Q4" s="101"/>
+      <c r="R4" s="102"/>
+    </row>
+    <row r="5" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="13" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
       <c r="F5" s="14"/>
       <c r="G5" s="14"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="14"/>
       <c r="L5" s="14"/>
       <c r="M5" s="14"/>
       <c r="N5" s="14"/>
       <c r="O5" s="14"/>
       <c r="P5" s="14"/>
       <c r="Q5" s="14"/>
       <c r="R5" s="28"/>
     </row>
-    <row r="6" spans="1:18" ht="36.75" customHeight="1">
-[...21 lines deleted...]
-    <row r="7" spans="1:18" ht="6" customHeight="1">
+    <row r="6" spans="1:18" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="109" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="110"/>
+      <c r="F6" s="110"/>
+      <c r="G6" s="110"/>
+      <c r="H6" s="110"/>
+      <c r="I6" s="110"/>
+      <c r="J6" s="110"/>
+      <c r="K6" s="110"/>
+      <c r="L6" s="110"/>
+      <c r="M6" s="110"/>
+      <c r="N6" s="110"/>
+      <c r="O6" s="110"/>
+      <c r="P6" s="110"/>
+      <c r="Q6" s="110"/>
+      <c r="R6" s="111"/>
+    </row>
+    <row r="7" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="29"/>
     </row>
-    <row r="8" spans="1:18" s="21" customFormat="1" ht="13.5" customHeight="1">
-      <c r="A8" s="140" t="s">
+    <row r="8" spans="1:18" s="21" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="113" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="114"/>
+      <c r="H8" s="114"/>
+      <c r="I8" s="115"/>
+      <c r="K8" s="122" t="s">
+        <v>3</v>
+      </c>
+      <c r="L8" s="114"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="114"/>
+      <c r="O8" s="114"/>
+      <c r="P8" s="114"/>
+      <c r="Q8" s="114"/>
+      <c r="R8" s="123"/>
+    </row>
+    <row r="9" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="59" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="60"/>
+      <c r="C9" s="60"/>
+      <c r="D9" s="67"/>
+      <c r="E9" s="68"/>
+      <c r="F9" s="68"/>
+      <c r="G9" s="68"/>
+      <c r="H9" s="68"/>
+      <c r="I9" s="69"/>
+      <c r="K9" s="124" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="121"/>
-[...7 lines deleted...]
-      <c r="K8" s="120" t="s">
+      <c r="L9" s="63"/>
+      <c r="M9" s="63"/>
+      <c r="N9" s="64"/>
+      <c r="O9" s="67"/>
+      <c r="P9" s="68"/>
+      <c r="Q9" s="68"/>
+      <c r="R9" s="103"/>
+    </row>
+    <row r="10" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="62"/>
+      <c r="B10" s="63"/>
+      <c r="C10" s="63"/>
+      <c r="D10" s="112"/>
+      <c r="E10" s="112"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="112"/>
+      <c r="H10" s="112"/>
+      <c r="I10" s="112"/>
+      <c r="K10" s="107" t="s">
         <v>6</v>
       </c>
-      <c r="L8" s="121"/>
-[...8 lines deleted...]
-      <c r="A9" s="55" t="s">
+      <c r="L10" s="60"/>
+      <c r="M10" s="60"/>
+      <c r="N10" s="61"/>
+      <c r="O10" s="67"/>
+      <c r="P10" s="68"/>
+      <c r="Q10" s="68"/>
+      <c r="R10" s="103"/>
+    </row>
+    <row r="11" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="56"/>
-[...7 lines deleted...]
-      <c r="K9" s="123" t="s">
+      <c r="B11" s="114"/>
+      <c r="C11" s="114"/>
+      <c r="D11" s="114"/>
+      <c r="E11" s="114"/>
+      <c r="F11" s="114"/>
+      <c r="G11" s="114"/>
+      <c r="H11" s="114"/>
+      <c r="I11" s="115"/>
+      <c r="K11" s="107" t="s">
         <v>8</v>
       </c>
-      <c r="L9" s="59"/>
-[...17 lines deleted...]
-      <c r="K10" s="106" t="s">
+      <c r="L11" s="60"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="61"/>
+      <c r="O11" s="104"/>
+      <c r="P11" s="105"/>
+      <c r="Q11" s="105"/>
+      <c r="R11" s="106"/>
+    </row>
+    <row r="12" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="59" t="s">
         <v>9</v>
       </c>
-      <c r="L10" s="56"/>
-[...8 lines deleted...]
-      <c r="A11" s="140" t="s">
+      <c r="B12" s="60"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="67"/>
+      <c r="E12" s="68"/>
+      <c r="F12" s="68"/>
+      <c r="G12" s="68"/>
+      <c r="H12" s="68"/>
+      <c r="I12" s="69"/>
+      <c r="K12" s="73" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="121"/>
-[...7 lines deleted...]
-      <c r="K11" s="106" t="s">
+      <c r="L12" s="57"/>
+      <c r="M12" s="57"/>
+      <c r="N12" s="58"/>
+      <c r="O12" s="125"/>
+      <c r="P12" s="105"/>
+      <c r="Q12" s="105"/>
+      <c r="R12" s="106"/>
+    </row>
+    <row r="13" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="70" t="s">
         <v>11</v>
       </c>
-      <c r="L11" s="56"/>
-[...41 lines deleted...]
-      <c r="I13" s="65"/>
+      <c r="B13" s="70"/>
+      <c r="C13" s="70"/>
+      <c r="D13" s="67"/>
+      <c r="E13" s="68"/>
+      <c r="F13" s="68"/>
+      <c r="G13" s="68"/>
+      <c r="H13" s="68"/>
+      <c r="I13" s="69"/>
       <c r="K13" s="38"/>
       <c r="L13" s="38"/>
       <c r="M13" s="38"/>
       <c r="N13" s="38"/>
       <c r="O13" s="25"/>
       <c r="P13" s="26"/>
       <c r="Q13" s="26"/>
       <c r="R13" s="30"/>
     </row>
-    <row r="14" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1">
-[...10 lines deleted...]
-      <c r="I14" s="65"/>
+    <row r="14" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="70" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="70"/>
+      <c r="C14" s="70"/>
+      <c r="D14" s="67"/>
+      <c r="E14" s="68"/>
+      <c r="F14" s="68"/>
+      <c r="G14" s="68"/>
+      <c r="H14" s="68"/>
+      <c r="I14" s="69"/>
       <c r="J14" s="34"/>
       <c r="K14" s="38"/>
       <c r="L14" s="38"/>
       <c r="M14" s="38"/>
       <c r="N14" s="38"/>
       <c r="O14" s="25"/>
       <c r="P14" s="26"/>
       <c r="Q14" s="18"/>
       <c r="R14" s="31"/>
     </row>
-    <row r="15" spans="1:18" s="15" customFormat="1" ht="24" customHeight="1">
-[...8 lines deleted...]
-      <c r="I15" s="113"/>
+    <row r="15" spans="1:18" s="15" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="141"/>
+      <c r="B15" s="142"/>
+      <c r="C15" s="142"/>
+      <c r="D15" s="143"/>
+      <c r="E15" s="143"/>
+      <c r="F15" s="143"/>
+      <c r="G15" s="143"/>
+      <c r="H15" s="143"/>
+      <c r="I15" s="143"/>
       <c r="J15" s="39"/>
-      <c r="K15" s="128" t="s">
-[...74 lines deleted...]
-    <row r="19" spans="1:18" s="15" customFormat="1" ht="15.6" customHeight="1">
+      <c r="K15" s="129" t="s">
+        <v>13</v>
+      </c>
+      <c r="L15" s="100"/>
+      <c r="M15" s="100"/>
+      <c r="N15" s="100"/>
+      <c r="O15" s="100"/>
+      <c r="P15" s="126"/>
+      <c r="Q15" s="127"/>
+      <c r="R15" s="128"/>
+    </row>
+    <row r="16" spans="1:18" s="15" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="139"/>
+      <c r="B16" s="140"/>
+      <c r="C16" s="140"/>
+      <c r="D16" s="140"/>
+      <c r="E16" s="140"/>
+      <c r="F16" s="140"/>
+      <c r="G16" s="140"/>
+      <c r="H16" s="140"/>
+      <c r="I16" s="140"/>
+      <c r="J16" s="140"/>
+      <c r="K16" s="100"/>
+      <c r="L16" s="100"/>
+      <c r="M16" s="100"/>
+      <c r="N16" s="100"/>
+      <c r="O16" s="100"/>
+      <c r="P16" s="100"/>
+      <c r="Q16" s="94"/>
+      <c r="R16" s="95"/>
+    </row>
+    <row r="17" spans="1:18" s="15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="132" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="133"/>
+      <c r="C17" s="134"/>
+      <c r="D17" s="134"/>
+      <c r="E17" s="134"/>
+      <c r="F17" s="134"/>
+      <c r="G17" s="134"/>
+      <c r="H17" s="134"/>
+      <c r="I17" s="134"/>
+      <c r="J17" s="134"/>
+      <c r="K17" s="134"/>
+      <c r="L17" s="134"/>
+      <c r="M17" s="134"/>
+      <c r="N17" s="134"/>
+      <c r="O17" s="134"/>
+      <c r="P17" s="134"/>
+      <c r="Q17" s="134"/>
+      <c r="R17" s="135"/>
+    </row>
+    <row r="18" spans="1:18" s="15" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="A18" s="136" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="137"/>
+      <c r="C18" s="137"/>
+      <c r="D18" s="137"/>
+      <c r="E18" s="137"/>
+      <c r="F18" s="137"/>
+      <c r="G18" s="137"/>
+      <c r="H18" s="137"/>
+      <c r="I18" s="137"/>
+      <c r="J18" s="137"/>
+      <c r="K18" s="137"/>
+      <c r="L18" s="137"/>
+      <c r="M18" s="137"/>
+      <c r="N18" s="137"/>
+      <c r="O18" s="137"/>
+      <c r="P18" s="137"/>
+      <c r="Q18" s="137"/>
+      <c r="R18" s="138"/>
+    </row>
+    <row r="19" spans="1:18" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="40"/>
       <c r="B19" s="41"/>
       <c r="C19" s="41"/>
-      <c r="D19" s="129"/>
-[...16 lines deleted...]
-      <c r="A20" s="142" t="s">
+      <c r="D19" s="130"/>
+      <c r="E19" s="130"/>
+      <c r="F19" s="130"/>
+      <c r="G19" s="130"/>
+      <c r="H19" s="130"/>
+      <c r="I19" s="130"/>
+      <c r="J19" s="130"/>
+      <c r="K19" s="130"/>
+      <c r="L19" s="130"/>
+      <c r="M19" s="130"/>
+      <c r="N19" s="130"/>
+      <c r="O19" s="130"/>
+      <c r="P19" s="130"/>
+      <c r="Q19" s="130"/>
+      <c r="R19" s="131"/>
+    </row>
+    <row r="20" spans="1:18" s="15" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="149" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" s="51"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="147"/>
+      <c r="E20" s="148"/>
+      <c r="F20" s="148"/>
+      <c r="G20" s="148"/>
+      <c r="H20" s="148"/>
+      <c r="I20" s="148"/>
+      <c r="J20" s="148"/>
+      <c r="K20" s="148"/>
+      <c r="L20" s="116" t="s">
+        <v>16</v>
+      </c>
+      <c r="M20" s="117"/>
+      <c r="N20" s="117"/>
+      <c r="O20" s="117"/>
+      <c r="P20" s="117"/>
+      <c r="Q20" s="117"/>
+      <c r="R20" s="118"/>
+    </row>
+    <row r="21" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="59" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="60"/>
+      <c r="C21" s="60"/>
+      <c r="D21" s="74"/>
+      <c r="E21" s="75"/>
+      <c r="F21" s="75"/>
+      <c r="G21" s="75"/>
+      <c r="H21" s="75"/>
+      <c r="I21" s="75"/>
+      <c r="J21" s="75"/>
+      <c r="K21" s="75"/>
+      <c r="L21" s="119"/>
+      <c r="M21" s="120"/>
+      <c r="N21" s="120"/>
+      <c r="O21" s="120"/>
+      <c r="P21" s="120"/>
+      <c r="Q21" s="120"/>
+      <c r="R21" s="121"/>
+    </row>
+    <row r="22" spans="1:18" s="15" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="A22" s="62" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="63"/>
+      <c r="C22" s="64"/>
+      <c r="D22" s="147"/>
+      <c r="E22" s="148"/>
+      <c r="F22" s="148"/>
+      <c r="G22" s="148"/>
+      <c r="H22" s="148"/>
+      <c r="I22" s="148"/>
+      <c r="J22" s="148"/>
+      <c r="K22" s="148"/>
+      <c r="L22" s="76" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="79"/>
-[...9 lines deleted...]
-      <c r="L20" s="114" t="s">
+      <c r="M22" s="77"/>
+      <c r="N22" s="77"/>
+      <c r="O22" s="78"/>
+      <c r="P22" s="91"/>
+      <c r="Q22" s="92"/>
+      <c r="R22" s="93"/>
+    </row>
+    <row r="23" spans="1:18" s="15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="59" t="s">
         <v>20</v>
       </c>
-      <c r="M20" s="115"/>
-[...7 lines deleted...]
-      <c r="A21" s="55" t="s">
+      <c r="B23" s="60"/>
+      <c r="C23" s="61"/>
+      <c r="D23" s="147"/>
+      <c r="E23" s="148"/>
+      <c r="F23" s="148"/>
+      <c r="G23" s="148"/>
+      <c r="H23" s="148"/>
+      <c r="I23" s="148"/>
+      <c r="J23" s="148"/>
+      <c r="K23" s="148"/>
+      <c r="L23" s="50" t="s">
         <v>21</v>
       </c>
-      <c r="B21" s="56"/>
-[...18 lines deleted...]
-      <c r="A22" s="58" t="s">
+      <c r="M23" s="51"/>
+      <c r="N23" s="51"/>
+      <c r="O23" s="52"/>
+      <c r="P23" s="91"/>
+      <c r="Q23" s="92"/>
+      <c r="R23" s="93"/>
+    </row>
+    <row r="24" spans="1:18" s="15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="59" t="s">
         <v>22</v>
       </c>
-      <c r="B22" s="59"/>
-[...9 lines deleted...]
-      <c r="L22" s="83" t="s">
+      <c r="B24" s="60"/>
+      <c r="C24" s="61"/>
+      <c r="D24" s="147"/>
+      <c r="E24" s="148"/>
+      <c r="F24" s="148"/>
+      <c r="G24" s="148"/>
+      <c r="H24" s="148"/>
+      <c r="I24" s="148"/>
+      <c r="J24" s="148"/>
+      <c r="K24" s="150"/>
+      <c r="L24" s="73" t="s">
         <v>23</v>
       </c>
-      <c r="M22" s="84"/>
-[...7 lines deleted...]
-      <c r="A23" s="55" t="s">
+      <c r="M24" s="57"/>
+      <c r="N24" s="57"/>
+      <c r="O24" s="58"/>
+      <c r="P24" s="97"/>
+      <c r="Q24" s="98"/>
+      <c r="R24" s="99"/>
+    </row>
+    <row r="25" spans="1:18" s="15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="56" t="s">
         <v>24</v>
       </c>
-      <c r="B23" s="56"/>
-[...56 lines deleted...]
-      <c r="K25" s="82"/>
+      <c r="B25" s="57"/>
+      <c r="C25" s="58"/>
+      <c r="D25" s="147"/>
+      <c r="E25" s="148"/>
+      <c r="F25" s="148"/>
+      <c r="G25" s="148"/>
+      <c r="H25" s="148"/>
+      <c r="I25" s="148"/>
+      <c r="J25" s="148"/>
+      <c r="K25" s="150"/>
       <c r="L25" s="35"/>
       <c r="M25" s="36"/>
       <c r="N25" s="36"/>
       <c r="O25" s="36"/>
       <c r="P25" s="36"/>
       <c r="Q25" s="36"/>
       <c r="R25" s="37"/>
     </row>
-    <row r="26" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1">
-      <c r="A26" s="142" t="s">
+    <row r="26" spans="1:18" s="15" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="149" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="51"/>
+      <c r="C26" s="51"/>
+      <c r="D26" s="147"/>
+      <c r="E26" s="148"/>
+      <c r="F26" s="148"/>
+      <c r="G26" s="148"/>
+      <c r="H26" s="148"/>
+      <c r="I26" s="148"/>
+      <c r="J26" s="148"/>
+      <c r="K26" s="148"/>
+      <c r="L26" s="79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" s="80"/>
+      <c r="N26" s="80"/>
+      <c r="O26" s="80"/>
+      <c r="P26" s="80"/>
+      <c r="Q26" s="80"/>
+      <c r="R26" s="81"/>
+    </row>
+    <row r="27" spans="1:18" s="15" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="51"/>
+      <c r="C27" s="51"/>
+      <c r="D27" s="147"/>
+      <c r="E27" s="148"/>
+      <c r="F27" s="148"/>
+      <c r="G27" s="148"/>
+      <c r="H27" s="148"/>
+      <c r="I27" s="148"/>
+      <c r="J27" s="148"/>
+      <c r="K27" s="150"/>
+      <c r="L27" s="82"/>
+      <c r="M27" s="83"/>
+      <c r="N27" s="83"/>
+      <c r="O27" s="83"/>
+      <c r="P27" s="83"/>
+      <c r="Q27" s="83"/>
+      <c r="R27" s="84"/>
+    </row>
+    <row r="28" spans="1:18" s="15" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="51"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="147"/>
+      <c r="E28" s="148"/>
+      <c r="F28" s="148"/>
+      <c r="G28" s="148"/>
+      <c r="H28" s="148"/>
+      <c r="I28" s="148"/>
+      <c r="J28" s="148"/>
+      <c r="K28" s="150"/>
+      <c r="L28" s="85"/>
+      <c r="M28" s="86"/>
+      <c r="N28" s="86"/>
+      <c r="O28" s="86"/>
+      <c r="P28" s="86"/>
+      <c r="Q28" s="86"/>
+      <c r="R28" s="87"/>
+    </row>
+    <row r="29" spans="1:18" s="15" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="151"/>
+      <c r="C29" s="152"/>
+      <c r="D29" s="147"/>
+      <c r="E29" s="148"/>
+      <c r="F29" s="148"/>
+      <c r="G29" s="148"/>
+      <c r="H29" s="148"/>
+      <c r="I29" s="148"/>
+      <c r="J29" s="148"/>
+      <c r="K29" s="150"/>
+      <c r="L29" s="85"/>
+      <c r="M29" s="86"/>
+      <c r="N29" s="86"/>
+      <c r="O29" s="86"/>
+      <c r="P29" s="86"/>
+      <c r="Q29" s="86"/>
+      <c r="R29" s="87"/>
+    </row>
+    <row r="30" spans="1:18" s="15" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="144" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="145"/>
+      <c r="C30" s="146"/>
+      <c r="D30" s="147"/>
+      <c r="E30" s="148"/>
+      <c r="F30" s="148"/>
+      <c r="G30" s="148"/>
+      <c r="H30" s="148"/>
+      <c r="I30" s="148"/>
+      <c r="J30" s="148"/>
+      <c r="K30" s="148"/>
+      <c r="L30" s="85"/>
+      <c r="M30" s="86"/>
+      <c r="N30" s="86"/>
+      <c r="O30" s="86"/>
+      <c r="P30" s="86"/>
+      <c r="Q30" s="86"/>
+      <c r="R30" s="87"/>
+    </row>
+    <row r="31" spans="1:18" s="15" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="56" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="57"/>
+      <c r="C31" s="58"/>
+      <c r="D31" s="147"/>
+      <c r="E31" s="148"/>
+      <c r="F31" s="148"/>
+      <c r="G31" s="148"/>
+      <c r="H31" s="148"/>
+      <c r="I31" s="148"/>
+      <c r="J31" s="148"/>
+      <c r="K31" s="148"/>
+      <c r="L31" s="88"/>
+      <c r="M31" s="89"/>
+      <c r="N31" s="89"/>
+      <c r="O31" s="89"/>
+      <c r="P31" s="89"/>
+      <c r="Q31" s="89"/>
+      <c r="R31" s="90"/>
+    </row>
+    <row r="32" spans="1:18" s="15" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="153" t="s">
         <v>29</v>
       </c>
-      <c r="B26" s="79"/>
-[...18 lines deleted...]
-      <c r="A27" s="78" t="s">
+      <c r="B32" s="154"/>
+      <c r="C32" s="154"/>
+      <c r="D32" s="154"/>
+      <c r="E32" s="154"/>
+      <c r="F32" s="154"/>
+      <c r="G32" s="154"/>
+      <c r="H32" s="154"/>
+      <c r="I32" s="154"/>
+      <c r="J32" s="154"/>
+      <c r="K32" s="154"/>
+      <c r="L32" s="154"/>
+      <c r="M32" s="154"/>
+      <c r="N32" s="154"/>
+      <c r="O32" s="154"/>
+      <c r="P32" s="154"/>
+      <c r="Q32" s="154"/>
+      <c r="R32" s="155"/>
+    </row>
+    <row r="33" spans="1:18" s="15" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="157" t="s">
         <v>30</v>
       </c>
-      <c r="B27" s="79"/>
-[...158 lines deleted...]
-      <c r="G34" s="45"/>
+      <c r="B33" s="158"/>
+      <c r="C33" s="158"/>
+      <c r="D33" s="158"/>
+      <c r="E33" s="158"/>
+      <c r="F33" s="158"/>
+      <c r="G33" s="159"/>
+      <c r="H33" s="165"/>
+      <c r="I33" s="166"/>
+      <c r="J33" s="166"/>
+      <c r="K33" s="166"/>
+      <c r="L33" s="167"/>
+      <c r="M33" s="42"/>
+      <c r="N33" s="43"/>
+      <c r="O33" s="43"/>
+      <c r="P33" s="43"/>
+      <c r="Q33" s="43"/>
+      <c r="R33" s="44"/>
+    </row>
+    <row r="34" spans="1:18" s="15" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="160" t="s">
+        <v>46</v>
+      </c>
+      <c r="B34" s="161"/>
+      <c r="C34" s="161"/>
+      <c r="D34" s="161"/>
+      <c r="E34" s="161"/>
+      <c r="F34" s="161"/>
+      <c r="G34" s="161"/>
       <c r="H34" s="45"/>
       <c r="I34" s="45"/>
       <c r="J34" s="45"/>
-      <c r="K34" s="144"/>
-[...96 lines deleted...]
-    <row r="39" spans="1:18" s="15" customFormat="1" ht="54.95" customHeight="1">
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="45"/>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="46"/>
+    </row>
+    <row r="35" spans="1:18" s="15" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="47"/>
+      <c r="B35" s="45"/>
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
+      <c r="F35" s="45"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="45"/>
+      <c r="I35" s="45"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="163"/>
+      <c r="L35" s="163"/>
+      <c r="M35" s="163"/>
+      <c r="N35" s="163"/>
+      <c r="O35" s="163"/>
+      <c r="P35" s="163"/>
+      <c r="Q35" s="163"/>
+      <c r="R35" s="164"/>
+    </row>
+    <row r="36" spans="1:18" s="15" customFormat="1" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="23"/>
+      <c r="B36" s="24"/>
+      <c r="C36" s="24"/>
+      <c r="D36" s="24"/>
+      <c r="E36" s="24"/>
+      <c r="F36" s="24"/>
+      <c r="G36" s="24"/>
+      <c r="H36" s="24"/>
+      <c r="I36" s="24"/>
+      <c r="J36" s="22"/>
+      <c r="K36" s="168" t="s">
+        <v>31</v>
+      </c>
+      <c r="L36" s="168"/>
+      <c r="M36" s="168"/>
+      <c r="N36" s="168"/>
+      <c r="O36" s="168"/>
+      <c r="P36" s="168"/>
+      <c r="Q36" s="48"/>
+      <c r="R36" s="49" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" s="15" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="16"/>
+      <c r="B37" s="17"/>
+      <c r="C37" s="17"/>
+      <c r="D37" s="17"/>
+      <c r="E37" s="17"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="17"/>
+      <c r="H37" s="17"/>
+      <c r="I37" s="17"/>
+      <c r="J37" s="17"/>
+      <c r="K37" s="17"/>
+      <c r="L37" s="17"/>
+      <c r="M37" s="17"/>
+      <c r="N37" s="17"/>
+      <c r="O37" s="17"/>
+      <c r="P37" s="17"/>
+      <c r="Q37" s="17"/>
+      <c r="R37" s="32"/>
+    </row>
+    <row r="38" spans="1:18" s="15" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="156" t="s">
+        <v>33</v>
+      </c>
+      <c r="B38" s="156"/>
+      <c r="C38" s="156"/>
+      <c r="D38" s="156"/>
+      <c r="E38" s="156"/>
+      <c r="F38" s="156"/>
+      <c r="G38" s="156"/>
+      <c r="H38" s="156"/>
+      <c r="I38" s="156"/>
+      <c r="J38" s="27"/>
+      <c r="K38" s="162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" s="162"/>
+      <c r="M38" s="162"/>
+      <c r="N38" s="162"/>
+      <c r="O38" s="162"/>
+      <c r="P38" s="162"/>
+      <c r="Q38" s="162"/>
+      <c r="R38" s="162"/>
+    </row>
+    <row r="39" spans="1:18" s="15" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39"/>
     </row>
+    <row r="40" spans="1:18" s="15" customFormat="1" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40"/>
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40"/>
+      <c r="F40"/>
+      <c r="G40"/>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40"/>
+      <c r="K40"/>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="q5sMi7XxZY9GpWoN+kwEl9Y8209/+FG9Zk7wjgw9XENUw2D9O758ZhQopqc0QrBMVV0BgHO98LI3R1jMQiPq8Q==" saltValue="P2Llz7uD7B2uxo5YQStdkw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="X3CXsPLSamjYFXya6TQVGNsGjFtOvtMPYrhzmzkL57D6GTiDa5zT/OGZ6YB27Q0A9QLWFDHC25yWQ9gL0Ehyjg==" saltValue="wCyjMGVtxFdlgApLphKQ1g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="81">
-    <mergeCell ref="A29:C29"/>
-    <mergeCell ref="D29:K29"/>
+    <mergeCell ref="D25:K25"/>
+    <mergeCell ref="A32:R32"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="D31:K31"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A34:G34"/>
+    <mergeCell ref="K38:R38"/>
+    <mergeCell ref="K35:P35"/>
+    <mergeCell ref="Q35:R35"/>
+    <mergeCell ref="H33:L33"/>
+    <mergeCell ref="K36:P36"/>
+    <mergeCell ref="D15:I15"/>
+    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="D30:K30"/>
+    <mergeCell ref="D20:K20"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="D27:K27"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
-    <mergeCell ref="K37:R37"/>
-[...10 lines deleted...]
-    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="D29:K29"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="D28:K28"/>
+    <mergeCell ref="D22:K22"/>
+    <mergeCell ref="D26:K26"/>
+    <mergeCell ref="D23:K23"/>
+    <mergeCell ref="D24:K24"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A9:C9"/>
     <mergeCell ref="L20:R21"/>
     <mergeCell ref="K8:R8"/>
     <mergeCell ref="K9:N9"/>
     <mergeCell ref="O12:R12"/>
     <mergeCell ref="P15:R15"/>
     <mergeCell ref="K15:O15"/>
     <mergeCell ref="D19:R19"/>
     <mergeCell ref="A17:R17"/>
     <mergeCell ref="A18:R18"/>
     <mergeCell ref="A16:J16"/>
-    <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A9:C9"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="D14:I14"/>
-    <mergeCell ref="D20:K20"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="O3:P3"/>
     <mergeCell ref="O4:P4"/>
-    <mergeCell ref="L26:O26"/>
     <mergeCell ref="P23:R23"/>
     <mergeCell ref="L24:O24"/>
     <mergeCell ref="P24:R24"/>
     <mergeCell ref="K16:P16"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="O10:R10"/>
     <mergeCell ref="O11:R11"/>
     <mergeCell ref="K11:N11"/>
     <mergeCell ref="O9:R9"/>
     <mergeCell ref="K4:N4"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="D9:I9"/>
     <mergeCell ref="K10:N10"/>
-    <mergeCell ref="A15:C15"/>
     <mergeCell ref="D10:I10"/>
-    <mergeCell ref="L27:R27"/>
-[...6 lines deleted...]
-    <mergeCell ref="D25:K25"/>
     <mergeCell ref="L22:O22"/>
+    <mergeCell ref="L26:R26"/>
+    <mergeCell ref="L27:R31"/>
+    <mergeCell ref="P22:R22"/>
+    <mergeCell ref="Q16:R16"/>
     <mergeCell ref="L23:O23"/>
-    <mergeCell ref="P22:R22"/>
-    <mergeCell ref="P26:R26"/>
     <mergeCell ref="A27:C27"/>
-    <mergeCell ref="A14:C14"/>
-    <mergeCell ref="D15:I15"/>
     <mergeCell ref="O1:R1"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="J2:R2"/>
     <mergeCell ref="D12:I12"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="D13:I13"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="K12:N12"/>
     <mergeCell ref="D21:K21"/>
-    <mergeCell ref="Q16:R16"/>
-    <mergeCell ref="O3:P3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations xWindow="372" yWindow="291" count="20">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Supplier Name" prompt="Must be an international supplier" sqref="D9:I9" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Supplier Name" prompt="Must be an international supplier or allowable US federal agency" sqref="D9:I9" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Contact Person" prompt="Who the PSC should contact if we have questions on this form." sqref="O10:R10" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Today's Date" prompt="Enter date using hyphens or slashes (e.g., 02-03-20)._x000a__x000a_Or, keyboard shortcut for today's date: Ctrl ;" sqref="Q3:R3" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary's Bank Address" prompt="Enter address for the supplier's bank." sqref="D22:K25" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary's Bank Name" prompt="Enter name of international supplier's bank." sqref="D21:K21" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
-[...3 lines deleted...]
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Additional Invoices/Other Info" prompt="Provide additional information if appropriate. If other POs/invoices should be included in this wire, identify invoice numbers." sqref="M32:R32" xr:uid="{00000000-0002-0000-0000-000010000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary's Bank Name" prompt="Enter name of payee's bank." sqref="D21:K21" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="SWIFT/BIC" prompt="Enter the bank's SWIFT/Bank Identifier Code (required for all international wires)." sqref="D26:K26" xr:uid="{00000000-0002-0000-0000-000007000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary's Contact Name" prompt="Enter Contact Name. This may or may not be different from the bank's Beneficiary Name." sqref="D30:K30" xr:uid="{00000000-0002-0000-0000-000009000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary Contact Phone" prompt="Enter phone number for Contact Person." sqref="D31:K31" xr:uid="{00000000-0002-0000-0000-00000A000000}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Additional Invoices/Other Info" prompt="Provide additional information if appropriate. If other POs/invoices should be included in this wire, identify invoice numbers." sqref="M33:R33" xr:uid="{00000000-0002-0000-0000-000010000000}"/>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="SpeedType" error="This field must be 8 digits." promptTitle="SpeedType for Processing Fees" prompt="Identify the SpeedType that will cover processing fees. This may or may not be the SpeedType on the purchase order._x000a_" sqref="Q16:R16" xr:uid="{00000000-0002-0000-0000-000012000000}">
       <formula1>8</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Correspondent Bank ABA/SWIFT/BIC" prompt="Enter ABA or SWIFT or BIC for correspondent bank, if applicable." sqref="P24:R24" xr:uid="{00000000-0002-0000-0000-000013000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Correspondent Bank Account #" prompt="Enter account number for correspondent bank, if applicable." sqref="P23:R23" xr:uid="{00000000-0002-0000-0000-000014000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Correspondent Bank Name" prompt="Enter bank name for correspondent bank, if applicable." sqref="P22:R22" xr:uid="{00000000-0002-0000-0000-000015000000}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="IRC/SORT/IFSC Code" prompt="Enter the bank's International Routing Code/Sort Code/Indian Financial System Code, if applicable." sqref="D28:K28" xr:uid="{00000000-0002-0000-0000-00000B000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="PO #" prompt="Enter PO associated with this invoice." sqref="D12:I12" xr:uid="{E41F0403-80BD-4E33-8824-2174DF39C591}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Invoice #" prompt="Invoice must be associated with a PO/SPO." sqref="D13:I13" xr:uid="{8E19D455-F068-4C8B-AA91-1D8D26939039}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Invoice #" prompt="Invoice must be associated with a PO/BPO/SPO" sqref="D13:I13" xr:uid="{8E19D455-F068-4C8B-AA91-1D8D26939039}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Amount" prompt="Enter the amount identified on the invoice." sqref="D14:I14" xr:uid="{4C073439-694F-424A-9999-4D0538E4375B}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Beneficiary's Name" prompt="Name must exactly match name on bank account." sqref="D20:K20" xr:uid="{2DA1C04D-7585-4DF3-BF6B-2CED531DDB9D}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Account #/IBAN Code/CLABE Code" prompt="Enter the bank's account number or, International Bank Account Number code (European Countries and United Arab Emirates) or, enter the bank's CLABE code (Mexico). " sqref="D27:K27" xr:uid="{85ED2541-6656-41A9-B2C9-C1E82AAA56F9}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Additional Information" prompt="Provide additional information if appropriate/as needed. " sqref="L28:R30" xr:uid="{C439F23A-D43A-4245-AB33-8E94194E7761}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Account/IBAN/CLABE/ABA" prompt="Enter the bank's account number or International Bank Account Number (European Countries and United Arab Emirates), CLABE code (Mexico), or ABA routing number (US federal agency)." sqref="D27:K27" xr:uid="{85ED2541-6656-41A9-B2C9-C1E82AAA56F9}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Purpose Code/Purpose of Payment" prompt="Enter the country's alphanumeric code that classifies the reason for the transaction or provide a general purpose of the payment, if applicable. _x000a_NOTE: India requires a 5-digit purpose code" sqref="D29:K29" xr:uid="{1BAF51D6-0B83-41B8-A10F-BFFF7D355734}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="IRC/Sort/IFSC Code" prompt="Enter the bank's International Routing Code/Sort Code/Indian Financial System Code, if applicable._x000a_Common Country Requirements:_x000a_Canada - 9-digit IRC_x000a_United Kingdom (GB) - 6-digit IRC sort code_x000a_India - 11-digit IFSC" sqref="D28:K28" xr:uid="{1744E668-7E76-4C5E-AD10-1A7636B405D8}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
   <pageSetup scale="94" orientation="portrait" cellComments="atEnd" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
-                    <xdr:row>31</xdr:row>
+                    <xdr:row>32</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>161925</xdr:colOff>
-                    <xdr:row>31</xdr:row>
+                    <xdr:row>32</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId5" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>123825</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>19</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="27.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
-      <c r="A2" t="s">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-      <c r="A3" t="s">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
         <v>44</v>
-      </c>
-[...33 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C12" s="5"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f51b59d7-a79c-45f8-beae-9c9f3ab3d99c" xmlns:ns3="ede08c4e-1263-4235-9f2e-0eaf0a5fdb9c" xmlns:ns4="9398f708-4e7e-431e-96bc-d539ba2fd6e9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2582cedeef18f23b354c9b3ace4a5d4c" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010067D5C333A55F0F4E940ADB67E2089630" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3e568d26e6de0392527ca58135a03dca">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f51b59d7-a79c-45f8-beae-9c9f3ab3d99c" xmlns:ns3="ede08c4e-1263-4235-9f2e-0eaf0a5fdb9c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f915603a03d1f05b3d6454b574905f93" ns2:_="" ns3:_="">
     <xsd:import namespace="f51b59d7-a79c-45f8-beae-9c9f3ab3d99c"/>
     <xsd:import namespace="ede08c4e-1263-4235-9f2e-0eaf0a5fdb9c"/>
-    <xsd:import namespace="9398f708-4e7e-431e-96bc-d539ba2fd6e9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f51b59d7-a79c-45f8-beae-9c9f3ab3d99c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3478,104 +3461,64 @@
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2a071d41-09a7-4b1c-8167-306dad66ae07" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...8 lines deleted...]
-    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ede08c4e-1263-4235-9f2e-0eaf0a5fdb9c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2889126a-84ac-40ff-bdac-00d2f5384d11}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9398f708-4e7e-431e-96bc-d539ba2fd6e9">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...28 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3634,69 +3577,104 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B4B00D8-D7E6-48AE-9010-63E80248CA6D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35EA5D11-480D-4BFD-8379-D65CF4A14773}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35EA5D11-480D-4BFD-8379-D65CF4A14773}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{170AB0A5-BECD-42BA-9B2E-6B2115D64097}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A521270-9B84-4579-B8F6-7697DAC740C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f51b59d7-a79c-45f8-beae-9c9f3ab3d99c"/>
+    <ds:schemaRef ds:uri="ede08c4e-1263-4235-9f2e-0eaf0a5fdb9c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>UCHSC- Business Services</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Travel</dc:title>
   <dc:subject/>
   <dc:creator>Safford Black</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>