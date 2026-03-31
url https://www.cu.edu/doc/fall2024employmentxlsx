--- v0 (2025-11-02)
+++ v1 (2026-03-31)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Budget and Finance\Institutional Research\Web Material\Employment\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2BEA3B96-6ACD-4A70-9B53-12D9A00D6383}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ACDF1A5D-AE55-4C49-8345-294DE986155B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-16320" yWindow="-5925" windowWidth="16440" windowHeight="28320" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Fall 2021" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Fall 2024" sheetId="4" state="hidden" r:id="rId2"/>
     <sheet name="Fall 2024 Split" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Fall 2021'!$A$1:$P$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Fall 2024 Split'!$A$1:$V$23</definedName>
     <definedName name="sysemploydb">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1757,51 +1757,51 @@
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="85">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="34" fillId="24" borderId="10" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="34" fillId="24" borderId="11" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="34" fillId="24" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="34" fillId="24" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="25" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="33" fillId="24" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="33" fillId="24" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
@@ -1951,50 +1951,54 @@
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="31" fillId="26" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="26" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="26" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="26" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="35" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="35" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="92">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Accent4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="Accent5 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -5196,53 +5200,51 @@
       <c r="N21" s="24"/>
       <c r="O21" s="24"/>
       <c r="P21" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="N2:P2"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="H2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="65" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V23"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="52.7109375" style="1" customWidth="1"/>
     <col min="2" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="9.140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="9.140625" style="1"/>
     <col min="13" max="13" width="9.140625" style="1" customWidth="1"/>
     <col min="14" max="16" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="18" width="9.140625" style="1"/>
     <col min="19" max="19" width="9.140625" style="1" customWidth="1"/>
     <col min="20" max="21" width="9.140625" style="1"/>
     <col min="22" max="22" width="9.140625" style="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="35" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="24"/>
       <c r="C1" s="24"/>
       <c r="D1" s="24"/>
       <c r="E1" s="24"/>
@@ -6514,131 +6516,131 @@
         <v>11</v>
       </c>
       <c r="S17" s="4">
         <f t="shared" ref="S17" si="18">SUM(Q17:R17)</f>
         <v>620</v>
       </c>
       <c r="T17" s="3">
         <f t="shared" si="5"/>
         <v>24693</v>
       </c>
       <c r="U17" s="3">
         <f t="shared" si="6"/>
         <v>3370</v>
       </c>
       <c r="V17" s="5">
         <f t="shared" si="7"/>
         <v>28063</v>
       </c>
     </row>
     <row r="18" spans="1:22" s="72" customFormat="1" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="69" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="43"/>
-      <c r="D18" s="44">
-[...19 lines deleted...]
-      <c r="P18" s="45">
+      <c r="D18" s="81">
+        <v>11958</v>
+      </c>
+      <c r="E18" s="82"/>
+      <c r="F18" s="83"/>
+      <c r="G18" s="81">
+        <v>2732</v>
+      </c>
+      <c r="H18" s="84"/>
+      <c r="I18" s="81"/>
+      <c r="J18" s="81">
+        <v>3147</v>
+      </c>
+      <c r="K18" s="84"/>
+      <c r="L18" s="81"/>
+      <c r="M18" s="81">
+        <v>1976</v>
+      </c>
+      <c r="N18" s="84"/>
+      <c r="O18" s="84"/>
+      <c r="P18" s="84">
         <f>J18+M18</f>
-        <v>3357</v>
-[...8 lines deleted...]
-      <c r="V18" s="45">
+        <v>5123</v>
+      </c>
+      <c r="Q18" s="84"/>
+      <c r="R18" s="84"/>
+      <c r="S18" s="81">
+        <v>50</v>
+      </c>
+      <c r="T18" s="84"/>
+      <c r="U18" s="84"/>
+      <c r="V18" s="84">
         <f>D18+G18+J18+M18+S18</f>
-        <v>15748</v>
+        <v>19863</v>
       </c>
     </row>
     <row r="19" spans="1:22" s="72" customFormat="1" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="41" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="42"/>
       <c r="C19" s="42"/>
       <c r="D19" s="44">
         <f t="shared" ref="D19:M19" si="19">D17+D18</f>
-        <v>20281</v>
+        <v>21847</v>
       </c>
       <c r="E19" s="42"/>
       <c r="F19" s="42"/>
       <c r="G19" s="44">
         <f t="shared" si="19"/>
-        <v>3639</v>
+        <v>4415</v>
       </c>
       <c r="H19" s="42"/>
       <c r="I19" s="42"/>
       <c r="J19" s="44">
         <f t="shared" si="19"/>
-        <v>3756</v>
+        <v>5062</v>
       </c>
       <c r="K19" s="42"/>
       <c r="L19" s="42"/>
       <c r="M19" s="44">
         <f t="shared" si="19"/>
-        <v>15472</v>
+        <v>15932</v>
       </c>
       <c r="N19" s="45"/>
       <c r="O19" s="45"/>
       <c r="P19" s="44">
         <f>P17+P18</f>
-        <v>19228</v>
+        <v>20994</v>
       </c>
       <c r="Q19" s="42"/>
       <c r="R19" s="42"/>
       <c r="S19" s="44">
         <f>S17+S18</f>
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="T19" s="45"/>
       <c r="U19" s="45"/>
       <c r="V19" s="44">
         <f>V17+V18</f>
-        <v>43811</v>
+        <v>47926</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="24"/>
       <c r="B20" s="26"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="24"/>
       <c r="M20" s="24"/>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="24"/>
       <c r="Q20" s="24"/>
       <c r="R20" s="24"/>
       <c r="S20" s="24"/>
       <c r="T20" s="24"/>
       <c r="U20" s="24"/>
       <c r="V20" s="24"/>